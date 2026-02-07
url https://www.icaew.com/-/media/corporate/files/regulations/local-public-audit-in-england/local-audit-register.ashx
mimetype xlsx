--- v0 (2025-12-20)
+++ v1 (2026-02-07)
@@ -2,89 +2,89 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" hidePivotFieldList="1" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\icaew.co.uk\met2\ICAEW\Local Public Audit\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\Local Public Audit\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{453ED9B4-9B33-44C3-9E3F-1E8A7B2D9F22}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7CA5D89C-4D6F-4D0D-BF73-19B73BA686FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" tabRatio="563" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="30936" windowHeight="16896" tabRatio="563" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Register" sheetId="17" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Register!$A$2:$I$104</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Register!$A$2:$I$102</definedName>
     <definedName name="Text22" localSheetId="0">Register!#REF!</definedName>
     <definedName name="Text23" localSheetId="0">Register!#REF!</definedName>
     <definedName name="Text33" localSheetId="0">Register!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="640" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="627" uniqueCount="148">
   <si>
     <t>Recognised Supervisory Body</t>
   </si>
   <si>
     <t>Key Audit Partner</t>
   </si>
   <si>
     <t>Local Audit Firm</t>
   </si>
   <si>
     <t>ICAEW</t>
   </si>
   <si>
     <t>BDO LLP</t>
   </si>
   <si>
     <t>C001055835</t>
   </si>
   <si>
     <t>55 Baker Street, London, W1U 7EU</t>
   </si>
   <si>
     <t>C009201919</t>
   </si>
   <si>
@@ -183,53 +183,50 @@
   <si>
     <t>Darren Wells</t>
   </si>
   <si>
     <t>Grant Patterson</t>
   </si>
   <si>
     <t>Paul Dossett</t>
   </si>
   <si>
     <t>Peter Barber</t>
   </si>
   <si>
     <t>Mark Stocks</t>
   </si>
   <si>
     <t>Joanne Brown</t>
   </si>
   <si>
     <t>Stephen Reid</t>
   </si>
   <si>
     <t>Andrew Smith</t>
   </si>
   <si>
-    <t>Janet Dawson</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Sarah Ironmonger </t>
   </si>
   <si>
     <t>Hassan Rohimun</t>
   </si>
   <si>
     <t>Joanne Lees</t>
   </si>
   <si>
     <t>Andrew Brittain</t>
   </si>
   <si>
     <t>Rees Batley</t>
   </si>
   <si>
     <t>Suresh Patel</t>
   </si>
   <si>
     <t>Gareth Kelly</t>
   </si>
   <si>
     <t>Benjamin Sheriff</t>
   </si>
   <si>
     <t>Julie Masci</t>
@@ -309,104 +306,98 @@
   <si>
     <t>John Paul Cuttle</t>
   </si>
   <si>
     <t xml:space="preserve">Avtar Sohal </t>
   </si>
   <si>
     <t>Elizabeth Jackson</t>
   </si>
   <si>
     <t>James Boyle</t>
   </si>
   <si>
     <t>Kyla Bellingall</t>
   </si>
   <si>
     <t xml:space="preserve">C004632199 </t>
   </si>
   <si>
     <t>Chris Brown</t>
   </si>
   <si>
     <t>Azets Audit Services Limited</t>
   </si>
   <si>
-    <t xml:space="preserve">Emily Mayne </t>
-[...1 lines deleted...]
-  <si>
     <t>Hayley Clark</t>
   </si>
   <si>
     <t>Caroline Mulley</t>
   </si>
   <si>
     <t>Richard Walton</t>
   </si>
   <si>
     <t>Craig Sullivan</t>
   </si>
   <si>
     <t>Richard Lee</t>
   </si>
   <si>
     <t>Sophia Brown</t>
   </si>
   <si>
     <t>James Collins</t>
   </si>
   <si>
     <t>Alastair Newall</t>
   </si>
   <si>
     <t>Daniel Watson</t>
   </si>
   <si>
     <t>Nathan Coughlin</t>
   </si>
   <si>
     <t>Laurelin Griffiths</t>
   </si>
   <si>
     <t>James Mclarnon</t>
   </si>
   <si>
     <t>Matthew Dean</t>
   </si>
   <si>
     <t>4th Floor Glendinning House, 6 Murray Street, BELFAST BT1 6DN</t>
   </si>
   <si>
     <t>Brian Clerkin</t>
   </si>
   <si>
     <t>Jessica Hargreaves</t>
   </si>
   <si>
-    <t>Leigh Lloyd-Thomas</t>
-[...1 lines deleted...]
-  <si>
     <t>Laura Hinsley</t>
   </si>
   <si>
     <t>Ben Lazarus</t>
   </si>
   <si>
     <t>Paul Grady</t>
   </si>
   <si>
     <t>Robert Jones</t>
   </si>
   <si>
     <t>Oyekunle Oyerinde</t>
   </si>
   <si>
     <t>Andrew Reid</t>
   </si>
   <si>
     <t>Elizabeth Bowers</t>
   </si>
   <si>
     <t>David Riglar</t>
   </si>
   <si>
     <t>Ciaran McLaughlin</t>
@@ -490,50 +481,53 @@
     <t>Charles Martin</t>
   </si>
   <si>
     <t>Sarah McKean</t>
   </si>
   <si>
     <t>Stuart Kenny</t>
   </si>
   <si>
     <t>Claire Simmonds</t>
   </si>
   <si>
     <t>8 Finsbury Circus, London, EC2M 7EA</t>
   </si>
   <si>
     <t>Bishop Fleming Audit Ltd</t>
   </si>
   <si>
     <t>C003088558</t>
   </si>
   <si>
     <t>Brook House Winslade Park Manor Drive Clyst St Mary Exeter EX5 1GD</t>
   </si>
   <si>
     <t>Duncan Laird</t>
+  </si>
+  <si>
+    <t>Nicola Hallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="[$-809]dd\ mmmm\ yyyy;@"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1183,4401 +1177,4341 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:I732"/>
+  <dimension ref="A1:I730"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="2" topLeftCell="B71" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="2" topLeftCell="B79" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="B2" sqref="B2"/>
-      <selection pane="bottomRight" activeCell="F92" sqref="F92"/>
+      <selection pane="bottomRight" activeCell="I100" sqref="I100"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="30.140625" hidden="1" customWidth="1"/>
-    <col min="2" max="2" width="30.140625" customWidth="1"/>
+    <col min="1" max="1" width="30.21875" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="30.21875" customWidth="1"/>
     <col min="3" max="3" width="26" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="26.5703125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="9" width="17.42578125" style="23" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="26.5546875" customWidth="1"/>
+    <col min="5" max="5" width="32.44140625" style="23" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="68.21875" style="5" customWidth="1"/>
+    <col min="7" max="7" width="19.44140625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="27.44140625" style="5" customWidth="1"/>
+    <col min="9" max="9" width="17.44140625" style="23" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="81.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:9" ht="81.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="27" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B1" s="27"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
       <c r="E1" s="27"/>
       <c r="F1" s="27"/>
       <c r="G1" s="27"/>
       <c r="H1" s="28"/>
     </row>
-    <row r="2" spans="1:9" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:9" s="2" customFormat="1" ht="27.6" x14ac:dyDescent="0.25">
       <c r="A2" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E2" s="22" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F2" s="3" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="H2" s="4" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="I2" s="24" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D3" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E3" s="21">
         <v>44355</v>
       </c>
       <c r="F3" s="9" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="G3" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="H3" s="9">
         <v>9029667</v>
       </c>
       <c r="I3" s="21">
         <v>44355</v>
       </c>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D4" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E4" s="21">
         <v>44355</v>
       </c>
       <c r="F4" s="9" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="G4" s="8" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H4" s="9">
         <v>8136370</v>
       </c>
       <c r="I4" s="21">
         <v>45065</v>
       </c>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D5" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E5" s="21">
         <v>44355</v>
       </c>
       <c r="F5" s="9" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="G5" s="8" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="H5" s="9">
         <v>2621484</v>
       </c>
       <c r="I5" s="21">
         <v>45112</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D6" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E6" s="21">
         <v>44355</v>
       </c>
       <c r="F6" s="10" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="G6" s="8" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="H6" s="9">
         <v>7918999</v>
       </c>
       <c r="I6" s="21">
         <v>45216</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D7" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E7" s="21">
         <v>44355</v>
       </c>
       <c r="F7" s="10" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="G7" s="8" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="H7" s="9">
         <v>31008725</v>
       </c>
       <c r="I7" s="21">
         <v>45342</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="8"/>
       <c r="B8" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D8" s="8" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="E8" s="21">
         <v>44355</v>
       </c>
       <c r="F8" s="10" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="G8" s="8" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="H8" s="9">
         <v>31032416</v>
       </c>
       <c r="I8" s="21">
         <v>45702</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="21">
         <v>42436</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>6</v>
       </c>
       <c r="G9" s="8" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H9" s="9">
         <v>1522358</v>
       </c>
       <c r="I9" s="21">
         <v>43213</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="21">
         <v>42436</v>
       </c>
       <c r="F10" s="9" t="s">
         <v>6</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="H10" s="9">
         <v>2896850</v>
       </c>
       <c r="I10" s="21">
         <v>43900</v>
       </c>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="21">
         <v>42436</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>6</v>
       </c>
       <c r="G11" s="8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H11" s="9">
         <v>1086509</v>
       </c>
       <c r="I11" s="21">
         <v>43962</v>
       </c>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>5</v>
       </c>
       <c r="E12" s="21">
         <v>42436</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>6</v>
       </c>
       <c r="G12" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="H12" s="9">
         <v>2471759</v>
       </c>
       <c r="I12" s="21">
         <v>44148</v>
       </c>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="21">
         <v>42436</v>
       </c>
       <c r="F13" s="9" t="s">
         <v>6</v>
       </c>
-      <c r="G13" s="8" t="s">
-        <v>106</v>
+      <c r="G13" s="18" t="s">
+        <v>112</v>
       </c>
       <c r="H13" s="9">
-        <v>1239788</v>
+        <v>2668592</v>
       </c>
       <c r="I13" s="21">
-        <v>45061</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45247</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="E14" s="21">
-        <v>42436</v>
+        <v>42438</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>12</v>
+      </c>
+      <c r="G14" s="8" t="s">
+        <v>8</v>
       </c>
       <c r="H14" s="9">
-        <v>2668592</v>
+        <v>1745633</v>
       </c>
       <c r="I14" s="21">
-        <v>45247</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+        <v>42438</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>7</v>
       </c>
       <c r="E15" s="21">
         <v>42438</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G15" s="8" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H15" s="9">
-        <v>1745633</v>
+        <v>9148917</v>
       </c>
       <c r="I15" s="21">
         <v>42438</v>
       </c>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="E16" s="21">
         <v>42438</v>
       </c>
       <c r="F16" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G16" s="8" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H16" s="9">
-        <v>9148917</v>
+        <v>4299139</v>
       </c>
       <c r="I16" s="21">
         <v>42438</v>
       </c>
     </row>
-    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="E17" s="21">
         <v>42438</v>
       </c>
       <c r="F17" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G17" s="8" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="H17" s="9">
-        <v>4299139</v>
+        <v>9171319</v>
       </c>
       <c r="I17" s="21">
-        <v>42438</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+        <v>42858</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="E18" s="21">
         <v>42438</v>
       </c>
       <c r="F18" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G18" s="8" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="H18" s="9">
-        <v>9171319</v>
+        <v>9251741</v>
       </c>
       <c r="I18" s="21">
-        <v>42858</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+        <v>43556</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="E19" s="21">
         <v>42438</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H19" s="9">
-        <v>9251741</v>
+        <v>8854786</v>
       </c>
       <c r="I19" s="21">
-        <v>43556</v>
-[...5 lines deleted...]
-      </c>
+        <v>44027</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="8"/>
       <c r="B20" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="E20" s="21">
         <v>42438</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G20" s="8" t="s">
-        <v>22</v>
+        <v>140</v>
       </c>
       <c r="H20" s="9">
-        <v>8854786</v>
+        <v>3625412</v>
       </c>
       <c r="I20" s="21">
-        <v>44027</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45814</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="8"/>
       <c r="B21" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="E21" s="21">
         <v>42438</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G21" s="8" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="H21" s="9">
-        <v>3625412</v>
+        <v>1832256</v>
       </c>
       <c r="I21" s="21">
-        <v>45814</v>
-[...3 lines deleted...]
-      <c r="A22" s="8"/>
+        <v>45827</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="8" t="s">
+        <v>3</v>
+      </c>
       <c r="B22" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E22" s="21">
-        <v>42438</v>
+        <v>42459</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G22" s="8" t="s">
-        <v>144</v>
+        <v>18</v>
       </c>
       <c r="H22" s="9">
-        <v>1832256</v>
+        <v>3791099</v>
       </c>
       <c r="I22" s="21">
-        <v>45827</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+        <v>42459</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="21">
         <v>42459</v>
       </c>
       <c r="F23" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H23" s="9">
-        <v>3791099</v>
+        <v>7828548</v>
       </c>
       <c r="I23" s="21">
         <v>42459</v>
       </c>
     </row>
-    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E24" s="21">
         <v>42459</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H24" s="9">
-        <v>7828548</v>
+        <v>4545515</v>
       </c>
       <c r="I24" s="21">
         <v>42459</v>
       </c>
     </row>
-    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E25" s="21">
         <v>42459</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H25" s="9">
-        <v>4545515</v>
+        <v>1691004</v>
       </c>
       <c r="I25" s="21">
         <v>42459</v>
       </c>
     </row>
-    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="21">
         <v>42459</v>
       </c>
       <c r="F26" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="8" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="H26" s="9">
-        <v>1691004</v>
+        <v>4005363</v>
       </c>
       <c r="I26" s="21">
-        <v>42459</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+        <v>42479</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="21">
         <v>42459</v>
       </c>
       <c r="F27" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="8" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="H27" s="9">
-        <v>4005363</v>
+        <v>3932679</v>
       </c>
       <c r="I27" s="21">
-        <v>42479</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+        <v>42544</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E28" s="21">
         <v>42459</v>
       </c>
       <c r="F28" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="8" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="H28" s="9">
-        <v>1232563</v>
+        <v>8562234</v>
       </c>
       <c r="I28" s="21">
-        <v>42509</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+        <v>42702</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="21">
         <v>42459</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>49</v>
+        <v>82</v>
       </c>
       <c r="H29" s="9">
-        <v>3932679</v>
+        <v>4558534</v>
       </c>
       <c r="I29" s="21">
-        <v>42544</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+        <v>44334</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E30" s="21">
         <v>42459</v>
       </c>
       <c r="F30" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="8" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>8562234</v>
+        <v>88</v>
+      </c>
+      <c r="H30" s="11">
+        <v>1604466</v>
       </c>
       <c r="I30" s="21">
-        <v>42702</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+        <v>44483</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E31" s="21">
         <v>42459</v>
       </c>
       <c r="F31" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="8" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>4558534</v>
+        <v>89</v>
+      </c>
+      <c r="H31" s="12">
+        <v>8358321</v>
       </c>
       <c r="I31" s="21">
-        <v>44334</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+        <v>44553</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E32" s="21">
         <v>42459</v>
       </c>
       <c r="F32" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>1604466</v>
+        <v>105</v>
+      </c>
+      <c r="H32" s="9">
+        <v>2662061</v>
       </c>
       <c r="I32" s="21">
-        <v>44483</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45112</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E33" s="21">
         <v>42459</v>
       </c>
       <c r="F33" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="8" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>8358321</v>
+        <v>107</v>
+      </c>
+      <c r="H33" s="9">
+        <v>5969141</v>
       </c>
       <c r="I33" s="21">
-        <v>44553</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45132</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C34" s="8" t="s">
+      <c r="C34" s="11" t="s">
         <v>15</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E34" s="21">
         <v>42459</v>
       </c>
       <c r="F34" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G34" s="8" t="s">
-[...3 lines deleted...]
-        <v>2662061</v>
+      <c r="G34" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="H34" s="16">
+        <v>2896862</v>
       </c>
       <c r="I34" s="21">
-        <v>45112</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45222</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C35" s="8" t="s">
+      <c r="C35" s="11" t="s">
         <v>15</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E35" s="21">
         <v>42459</v>
       </c>
       <c r="F35" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="H35" s="9">
-        <v>5969141</v>
+        <v>1147481</v>
       </c>
       <c r="I35" s="21">
-        <v>45132</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>45320</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="11" t="s">
         <v>15</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E36" s="21">
         <v>42459</v>
       </c>
       <c r="F36" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G36" s="16" t="s">
-[...3 lines deleted...]
-        <v>2896862</v>
+      <c r="G36" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="H36" s="9">
+        <v>6578743</v>
       </c>
       <c r="I36" s="21">
-        <v>45222</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45453</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C37" s="11" t="s">
-        <v>15</v>
+      <c r="C37" s="8" t="s">
+        <v>35</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="E37" s="21">
-        <v>42459</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>42460</v>
+      </c>
+      <c r="F37" s="10" t="s">
+        <v>142</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>121</v>
+        <v>37</v>
       </c>
       <c r="H37" s="9">
-        <v>1147481</v>
+        <v>2620510</v>
       </c>
       <c r="I37" s="21">
-        <v>45320</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+        <v>42460</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B38" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C38" s="11" t="s">
-        <v>15</v>
+      <c r="C38" s="8" t="s">
+        <v>35</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="E38" s="21">
-        <v>42459</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>42460</v>
+      </c>
+      <c r="F38" s="10" t="s">
+        <v>142</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>127</v>
+        <v>38</v>
       </c>
       <c r="H38" s="9">
-        <v>6578743</v>
+        <v>2481704</v>
       </c>
       <c r="I38" s="21">
-        <v>45453</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+        <v>42460</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E39" s="21">
         <v>42460</v>
       </c>
       <c r="F39" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H39" s="9">
-        <v>2620510</v>
+        <v>2672182</v>
       </c>
       <c r="I39" s="21">
         <v>42460</v>
       </c>
     </row>
-    <row r="40" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E40" s="21">
         <v>42460</v>
       </c>
       <c r="F40" s="10" t="s">
-        <v>145</v>
-[...5 lines deleted...]
-        <v>2481704</v>
+        <v>142</v>
+      </c>
+      <c r="G40" t="s">
+        <v>40</v>
+      </c>
+      <c r="H40" s="5">
+        <v>3136565</v>
       </c>
       <c r="I40" s="21">
         <v>42460</v>
       </c>
     </row>
-    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E41" s="21">
         <v>42460</v>
       </c>
       <c r="F41" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H41" s="9">
-        <v>2672182</v>
+        <v>1629190</v>
       </c>
       <c r="I41" s="21">
         <v>42460</v>
       </c>
     </row>
-    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B42" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C42" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E42" s="21">
         <v>42460</v>
       </c>
       <c r="F42" s="10" t="s">
-        <v>145</v>
-[...5 lines deleted...]
-        <v>3136565</v>
+        <v>142</v>
+      </c>
+      <c r="G42" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H42" s="9">
+        <v>2249777</v>
       </c>
       <c r="I42" s="21">
         <v>42460</v>
       </c>
     </row>
-    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B43" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C43" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E43" s="21">
-        <v>42460</v>
+        <v>43879</v>
       </c>
       <c r="F43" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G43" s="8" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="H43" s="9">
-        <v>1629190</v>
+        <v>3970577</v>
       </c>
       <c r="I43" s="21">
-        <v>42460</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:9" x14ac:dyDescent="0.2">
+        <v>43879</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E44" s="21">
         <v>42460</v>
       </c>
       <c r="F44" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H44" s="9">
-        <v>2249777</v>
+        <v>4522886</v>
       </c>
       <c r="I44" s="21">
-        <v>42460</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:9" x14ac:dyDescent="0.2">
+        <v>42467</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E45" s="21">
-        <v>43879</v>
+        <v>42460</v>
       </c>
       <c r="F45" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="H45" s="9">
-        <v>3970577</v>
+        <v>2280012</v>
       </c>
       <c r="I45" s="21">
-        <v>43879</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:9" x14ac:dyDescent="0.2">
+        <v>42468</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B46" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C46" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E46" s="21">
         <v>42460</v>
       </c>
       <c r="F46" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G46" s="8" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="H46" s="9">
-        <v>4522886</v>
+        <v>4563219</v>
       </c>
       <c r="I46" s="21">
-        <v>42467</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:9" x14ac:dyDescent="0.2">
+        <v>42514</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B47" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E47" s="21">
         <v>42460</v>
       </c>
       <c r="F47" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G47" s="8" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="H47" s="9">
-        <v>2280012</v>
+        <v>4942565</v>
       </c>
       <c r="I47" s="21">
-        <v>42468</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:9" x14ac:dyDescent="0.2">
+        <v>42807</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B48" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E48" s="21">
         <v>42460</v>
       </c>
       <c r="F48" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="H48" s="9">
-        <v>4563219</v>
+        <v>9243756</v>
       </c>
       <c r="I48" s="21">
-        <v>42514</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:9" x14ac:dyDescent="0.2">
+        <v>42950</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E49" s="21">
         <v>42460</v>
       </c>
       <c r="F49" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G49" s="8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H49" s="9">
-        <v>4942565</v>
+        <v>2457817</v>
       </c>
       <c r="I49" s="21">
-        <v>42807</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:9" x14ac:dyDescent="0.2">
+        <v>42964</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B50" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E50" s="21">
         <v>42460</v>
       </c>
       <c r="F50" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G50" s="8" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="H50" s="9">
-        <v>9243756</v>
+        <v>3006426</v>
       </c>
       <c r="I50" s="21">
-        <v>42950</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:9" x14ac:dyDescent="0.2">
+        <v>43019</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B51" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E51" s="21">
         <v>42460</v>
       </c>
       <c r="F51" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G51" s="8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H51" s="9">
-        <v>2457817</v>
+        <v>2461730</v>
       </c>
       <c r="I51" s="21">
-        <v>42964</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:9" x14ac:dyDescent="0.2">
+        <v>43049</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E52" s="21">
         <v>42460</v>
       </c>
       <c r="F52" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G52" s="8" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="H52" s="9">
-        <v>3006426</v>
+        <v>3227431</v>
       </c>
       <c r="I52" s="21">
-        <v>43019</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:9" x14ac:dyDescent="0.2">
+        <v>43721</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B53" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E53" s="21">
         <v>42460</v>
       </c>
       <c r="F53" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G53" s="8" t="s">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="H53" s="9">
-        <v>2461730</v>
+        <v>8710685</v>
       </c>
       <c r="I53" s="21">
-        <v>43049</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:9" x14ac:dyDescent="0.2">
+        <v>44187</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B54" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E54" s="21">
         <v>42460</v>
       </c>
       <c r="F54" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G54" s="8" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="H54" s="9">
-        <v>3227431</v>
+        <v>3359918</v>
       </c>
       <c r="I54" s="21">
-        <v>43721</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:9" x14ac:dyDescent="0.2">
+        <v>44235</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E55" s="21">
         <v>42460</v>
       </c>
       <c r="F55" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G55" s="8" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="H55" s="9">
-        <v>8710685</v>
+        <v>8710806</v>
       </c>
       <c r="I55" s="21">
-        <v>44187</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:9" x14ac:dyDescent="0.2">
+        <v>44242</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E56" s="21">
         <v>42460</v>
       </c>
       <c r="F56" s="10" t="s">
-        <v>145</v>
-[...5 lines deleted...]
-        <v>3359918</v>
+        <v>142</v>
+      </c>
+      <c r="G56" s="19" t="s">
+        <v>98</v>
+      </c>
+      <c r="H56" s="20">
+        <v>3303548</v>
       </c>
       <c r="I56" s="21">
-        <v>44235</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:9" x14ac:dyDescent="0.2">
+        <v>44600</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B57" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E57" s="21">
         <v>42460</v>
       </c>
       <c r="F57" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G57" s="8" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>8710806</v>
+        <v>93</v>
+      </c>
+      <c r="H57" s="11">
+        <v>31000042</v>
       </c>
       <c r="I57" s="21">
-        <v>44242</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:9" x14ac:dyDescent="0.2">
+        <v>44725</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B58" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E58" s="21">
         <v>42460</v>
       </c>
       <c r="F58" s="10" t="s">
-        <v>145</v>
-[...5 lines deleted...]
-        <v>9298381</v>
+        <v>142</v>
+      </c>
+      <c r="G58" s="13" t="s">
+        <v>99</v>
+      </c>
+      <c r="H58" s="14">
+        <v>3632350</v>
       </c>
       <c r="I58" s="21">
-        <v>44426</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:9" x14ac:dyDescent="0.2">
+        <v>44991</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B59" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E59" s="21">
         <v>42460</v>
       </c>
       <c r="F59" s="10" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="G59" s="19" t="s">
+        <v>142</v>
+      </c>
+      <c r="G59" s="13" t="s">
         <v>100</v>
       </c>
-      <c r="H59" s="20">
-        <v>3303548</v>
+      <c r="H59" s="14">
+        <v>4964275</v>
       </c>
       <c r="I59" s="21">
-        <v>44600</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45012</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B60" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E60" s="21">
         <v>42460</v>
       </c>
       <c r="F60" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G60" s="8" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>31000042</v>
+        <v>108</v>
+      </c>
+      <c r="H60" s="9">
+        <v>31004532</v>
       </c>
       <c r="I60" s="21">
-        <v>44725</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45132</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B61" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E61" s="21">
         <v>42460</v>
       </c>
       <c r="F61" s="10" t="s">
-        <v>145</v>
-[...5 lines deleted...]
-        <v>3632350</v>
+        <v>142</v>
+      </c>
+      <c r="G61" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="H61" s="11">
+        <v>31008052</v>
       </c>
       <c r="I61" s="21">
-        <v>44991</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45216</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B62" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E62" s="21">
         <v>42460</v>
       </c>
       <c r="F62" s="10" t="s">
-        <v>145</v>
-[...5 lines deleted...]
-        <v>4964275</v>
+        <v>142</v>
+      </c>
+      <c r="G62" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="H62" s="9">
+        <v>31008379</v>
       </c>
       <c r="I62" s="21">
-        <v>45012</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45267</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B63" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E63" s="21">
         <v>42460</v>
       </c>
       <c r="F63" s="10" t="s">
-        <v>145</v>
-[...5 lines deleted...]
-        <v>31004532</v>
+        <v>142</v>
+      </c>
+      <c r="G63" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H63" s="14">
+        <v>31008912</v>
       </c>
       <c r="I63" s="21">
-        <v>45132</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45306</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B64" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E64" s="21">
         <v>42460</v>
       </c>
       <c r="F64" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>31008052</v>
+        <v>120</v>
+      </c>
+      <c r="H64" s="9">
+        <v>9273797</v>
       </c>
       <c r="I64" s="21">
-        <v>45216</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45341</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B65" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E65" s="21">
         <v>42460</v>
       </c>
       <c r="F65" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G65" s="8" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="H65" s="9">
-        <v>31008379</v>
+        <v>8188695</v>
       </c>
       <c r="I65" s="21">
-        <v>45267</v>
-[...5 lines deleted...]
-      </c>
+        <v>45282</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A66" s="8"/>
       <c r="B66" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E66" s="21">
         <v>42460</v>
       </c>
       <c r="F66" s="10" t="s">
-        <v>145</v>
-[...5 lines deleted...]
-        <v>31008912</v>
+        <v>142</v>
+      </c>
+      <c r="G66" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="H66" s="9">
+        <v>31039005</v>
       </c>
       <c r="I66" s="21">
-        <v>45306</v>
-[...5 lines deleted...]
-      </c>
+        <v>45694</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" s="8"/>
       <c r="B67" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E67" s="21">
         <v>42460</v>
       </c>
       <c r="F67" s="10" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G67" s="8" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="H67" s="9">
-        <v>9273797</v>
+        <v>9162495</v>
       </c>
       <c r="I67" s="21">
-        <v>45341</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45639</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C68" s="8" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D68" s="8" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="E68" s="21">
         <v>42460</v>
       </c>
-      <c r="F68" s="10" t="s">
-        <v>145</v>
+      <c r="F68" s="9" t="s">
+        <v>134</v>
       </c>
       <c r="G68" s="8" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="H68" s="9">
-        <v>8188695</v>
+        <v>3000990</v>
       </c>
       <c r="I68" s="21">
-        <v>45282</v>
-[...3 lines deleted...]
-      <c r="A69" s="8"/>
+        <v>42460</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A69" s="8" t="s">
+        <v>3</v>
+      </c>
       <c r="B69" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="E69" s="21">
         <v>42460</v>
       </c>
-      <c r="F69" s="10" t="s">
-        <v>145</v>
+      <c r="F69" s="9" t="s">
+        <v>134</v>
       </c>
       <c r="G69" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="H69" s="9">
+        <v>4546003</v>
+      </c>
+      <c r="I69" s="21">
+        <v>42460</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A70" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="B70" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="C70" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="D70" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E70" s="21">
+        <v>42460</v>
+      </c>
+      <c r="F70" s="9" t="s">
         <v>134</v>
       </c>
-      <c r="H69" s="9">
-[...22 lines deleted...]
-      </c>
       <c r="G70" s="8" t="s">
-        <v>133</v>
+        <v>29</v>
       </c>
       <c r="H70" s="9">
-        <v>9162495</v>
+        <v>8970774</v>
       </c>
       <c r="I70" s="21">
-        <v>45639</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:9" x14ac:dyDescent="0.2">
+        <v>42460</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B71" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D71" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E71" s="21">
         <v>42460</v>
       </c>
       <c r="F71" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G71" s="8" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H71" s="9">
-        <v>3000990</v>
+        <v>8838744</v>
       </c>
       <c r="I71" s="21">
         <v>42460</v>
       </c>
     </row>
-    <row r="72" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B72" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C72" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E72" s="21">
         <v>42460</v>
       </c>
       <c r="F72" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G72" s="8" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>4546003</v>
+        <v>31</v>
+      </c>
+      <c r="H72" s="5">
+        <v>1198129</v>
       </c>
       <c r="I72" s="21">
         <v>42460</v>
       </c>
     </row>
-    <row r="73" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B73" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C73" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D73" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E73" s="21">
         <v>42460</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G73" s="8" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>8970774</v>
+        <v>32</v>
+      </c>
+      <c r="H73" s="5">
+        <v>2469443</v>
       </c>
       <c r="I73" s="21">
         <v>42460</v>
       </c>
     </row>
-    <row r="74" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B74" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C74" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E74" s="21">
         <v>42460</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G74" s="8" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="H74" s="9">
-        <v>8838744</v>
+        <v>8870123</v>
       </c>
       <c r="I74" s="21">
         <v>42460</v>
       </c>
     </row>
-    <row r="75" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B75" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D75" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E75" s="21">
         <v>42460</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G75" s="8" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1198129</v>
+        <v>69</v>
+      </c>
+      <c r="H75" s="9">
+        <v>9223046</v>
       </c>
       <c r="I75" s="21">
-        <v>42460</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:9" x14ac:dyDescent="0.2">
+        <v>43864</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B76" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C76" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E76" s="21">
         <v>42460</v>
       </c>
       <c r="F76" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G76" s="8" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>2469443</v>
+        <v>72</v>
+      </c>
+      <c r="H76" s="9">
+        <v>5677841</v>
       </c>
       <c r="I76" s="21">
-        <v>42460</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:9" x14ac:dyDescent="0.2">
+        <v>43887</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B77" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C77" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D77" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E77" s="21">
         <v>42460</v>
       </c>
       <c r="F77" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G77" s="8" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="H77" s="9">
-        <v>8870123</v>
+        <v>1302887</v>
       </c>
       <c r="I77" s="21">
-        <v>42460</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:9" x14ac:dyDescent="0.2">
+        <v>43892</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B78" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C78" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D78" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E78" s="21">
-        <v>42460</v>
+        <v>42459</v>
       </c>
       <c r="F78" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G78" s="8" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="H78" s="9">
-        <v>9223046</v>
+        <v>8979662</v>
       </c>
       <c r="I78" s="21">
-        <v>43864</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:9" x14ac:dyDescent="0.2">
+        <v>42689</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B79" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C79" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D79" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E79" s="21">
         <v>42460</v>
       </c>
       <c r="F79" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G79" s="8" t="s">
-        <v>73</v>
+        <v>51</v>
       </c>
       <c r="H79" s="9">
-        <v>5677841</v>
+        <v>1415876</v>
       </c>
       <c r="I79" s="21">
-        <v>43887</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:9" x14ac:dyDescent="0.2">
+        <v>42702</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B80" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C80" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D80" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E80" s="21">
         <v>42460</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G80" s="8" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="H80" s="9">
-        <v>1302887</v>
+        <v>3825073</v>
       </c>
       <c r="I80" s="21">
-        <v>43892</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:9" x14ac:dyDescent="0.2">
+        <v>44207</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B81" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C81" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D81" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E81" s="21">
-        <v>42459</v>
+        <v>42460</v>
       </c>
       <c r="F81" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G81" s="8" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
       <c r="H81" s="9">
-        <v>8979662</v>
+        <v>3825073</v>
       </c>
       <c r="I81" s="21">
-        <v>42689</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:9" x14ac:dyDescent="0.2">
+        <v>44349</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B82" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C82" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D82" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E82" s="21">
         <v>42460</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G82" s="8" t="s">
-        <v>52</v>
+        <v>113</v>
       </c>
       <c r="H82" s="9">
-        <v>1415876</v>
+        <v>2661913</v>
       </c>
       <c r="I82" s="21">
-        <v>42702</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45261</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B83" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C83" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D83" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E83" s="21">
         <v>42460</v>
       </c>
       <c r="F83" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G83" s="8" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="H83" s="9">
-        <v>3825073</v>
+        <v>3831024</v>
       </c>
       <c r="I83" s="21">
-        <v>44207</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:9" x14ac:dyDescent="0.2">
+        <v>44593</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B84" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C84" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D84" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E84" s="21">
         <v>42460</v>
       </c>
       <c r="F84" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G84" s="8" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="H84" s="9">
-        <v>3825073</v>
+        <v>1496499</v>
       </c>
       <c r="I84" s="21">
-        <v>44349</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:9" x14ac:dyDescent="0.2">
+        <v>44638</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B85" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C85" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D85" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E85" s="21">
         <v>42460</v>
       </c>
       <c r="F85" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G85" s="8" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="H85" s="9">
-        <v>2661913</v>
+        <v>3303603</v>
       </c>
       <c r="I85" s="21">
-        <v>45261</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45050</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B86" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C86" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D86" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E86" s="21">
         <v>42460</v>
       </c>
       <c r="F86" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G86" s="8" t="s">
-        <v>92</v>
+        <v>117</v>
       </c>
       <c r="H86" s="9">
-        <v>3831024</v>
+        <v>3308078</v>
       </c>
       <c r="I86" s="21">
-        <v>44593</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45307</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B87" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C87" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D87" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E87" s="21">
         <v>42460</v>
       </c>
       <c r="F87" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G87" s="8" t="s">
-        <v>94</v>
+        <v>121</v>
       </c>
       <c r="H87" s="9">
-        <v>1496499</v>
+        <v>9085610</v>
       </c>
       <c r="I87" s="21">
-        <v>44638</v>
-[...5 lines deleted...]
-      </c>
+        <v>45345</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="8"/>
       <c r="B88" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C88" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D88" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E88" s="21">
         <v>42460</v>
       </c>
       <c r="F88" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G88" s="8" t="s">
-        <v>105</v>
+        <v>139</v>
       </c>
       <c r="H88" s="9">
-        <v>3303603</v>
+        <v>4926778</v>
       </c>
       <c r="I88" s="21">
-        <v>45050</v>
-[...5 lines deleted...]
-      </c>
+        <v>45750</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A89" s="8"/>
       <c r="B89" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C89" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D89" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E89" s="21">
         <v>42460</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G89" s="8" t="s">
-        <v>120</v>
+        <v>146</v>
       </c>
       <c r="H89" s="9">
-        <v>3308078</v>
+        <v>2295787</v>
       </c>
       <c r="I89" s="21">
-        <v>45307</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45933</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B90" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C90" s="8" t="s">
-        <v>27</v>
+      <c r="C90" t="s">
+        <v>125</v>
       </c>
       <c r="D90" s="8" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="E90" s="21">
-        <v>42460</v>
+        <v>42445</v>
       </c>
       <c r="F90" s="9" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="G90" s="8" t="s">
-        <v>124</v>
+        <v>14</v>
       </c>
       <c r="H90" s="9">
-        <v>9085610</v>
+        <v>2833384</v>
       </c>
       <c r="I90" s="21">
-        <v>45345</v>
-[...3 lines deleted...]
-      <c r="A91" s="8"/>
+        <v>42445</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" s="8" t="s">
+        <v>3</v>
+      </c>
       <c r="B91" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C91" s="8" t="s">
-        <v>27</v>
+        <v>125</v>
       </c>
       <c r="D91" s="8" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="E91" s="21">
-        <v>42460</v>
+        <v>42445</v>
       </c>
       <c r="F91" s="9" t="s">
-        <v>137</v>
-[...5 lines deleted...]
-        <v>4926778</v>
+        <v>127</v>
+      </c>
+      <c r="G91" t="s">
+        <v>60</v>
+      </c>
+      <c r="H91" s="15">
+        <v>1343233</v>
       </c>
       <c r="I91" s="21">
-        <v>45750</v>
-[...3 lines deleted...]
-      <c r="A92" s="8"/>
+        <v>43278</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A92" s="8" t="s">
+        <v>3</v>
+      </c>
       <c r="B92" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C92" s="8" t="s">
-        <v>27</v>
+        <v>125</v>
       </c>
       <c r="D92" s="8" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="E92" s="21">
-        <v>42460</v>
+        <v>42445</v>
       </c>
       <c r="F92" s="9" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="G92" s="8" t="s">
-        <v>149</v>
+        <v>61</v>
       </c>
       <c r="H92" s="9">
-        <v>2295787</v>
+        <v>3168839</v>
       </c>
       <c r="I92" s="21">
-        <v>45933</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:9" x14ac:dyDescent="0.2">
+        <v>43427</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B93" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C93" t="s">
-        <v>128</v>
+      <c r="C93" s="8" t="s">
+        <v>125</v>
       </c>
       <c r="D93" s="8" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="21">
         <v>42445</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="G93" s="8" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="H93" s="9">
-        <v>2833384</v>
+        <v>5954241</v>
       </c>
       <c r="I93" s="21">
-        <v>42445</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:9" x14ac:dyDescent="0.2">
+        <v>43476</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B94" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C94" s="8" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D94" s="8" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="21">
         <v>42445</v>
       </c>
       <c r="F94" s="9" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        <v>1343233</v>
+        <v>127</v>
+      </c>
+      <c r="G94" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="H94" s="9">
+        <v>5635445</v>
       </c>
       <c r="I94" s="21">
-        <v>43278</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:9" x14ac:dyDescent="0.2">
+        <v>43936</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B95" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C95" s="8" t="s">
-        <v>128</v>
+      <c r="C95" t="s">
+        <v>125</v>
       </c>
       <c r="D95" s="8" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="21">
         <v>42445</v>
       </c>
       <c r="F95" s="9" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="G95" s="8" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="H95" s="9">
-        <v>3168839</v>
+        <v>3658806</v>
       </c>
       <c r="I95" s="21">
-        <v>43427</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:9" x14ac:dyDescent="0.2">
+        <v>44424</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B96" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C96" s="8" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D96" s="8" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="21">
         <v>42445</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="G96" s="8" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>5954241</v>
+        <v>94</v>
+      </c>
+      <c r="H96" s="11">
+        <v>31000451</v>
       </c>
       <c r="I96" s="21">
-        <v>43476</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:9" x14ac:dyDescent="0.2">
+        <v>44736</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B97" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C97" s="8" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D97" s="8" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="21">
         <v>42445</v>
       </c>
       <c r="F97" s="9" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="G97" s="8" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="H97" s="9">
-        <v>5635445</v>
+        <v>8090750</v>
       </c>
       <c r="I97" s="21">
-        <v>43936</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:9" x14ac:dyDescent="0.2">
+        <v>44740</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B98" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C98" t="s">
-        <v>128</v>
+      <c r="C98" s="8" t="s">
+        <v>125</v>
       </c>
       <c r="D98" s="8" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="21">
         <v>42445</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="G98" s="8" t="s">
-        <v>53</v>
+        <v>96</v>
       </c>
       <c r="H98" s="9">
-        <v>3658806</v>
+        <v>6575985</v>
       </c>
       <c r="I98" s="21">
-        <v>44424</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:9" x14ac:dyDescent="0.2">
+        <v>44746</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B99" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C99" s="8" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D99" s="8" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="21">
         <v>42445</v>
       </c>
       <c r="F99" s="9" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        <v>31000451</v>
+        <v>127</v>
+      </c>
+      <c r="G99" s="17" t="s">
+        <v>122</v>
+      </c>
+      <c r="H99" s="9">
+        <v>4907553</v>
       </c>
       <c r="I99" s="21">
-        <v>44736</v>
-[...5 lines deleted...]
-      </c>
+        <v>45372</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="8"/>
       <c r="B100" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C100" s="8" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D100" s="8" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="21">
         <v>42445</v>
       </c>
       <c r="F100" s="9" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>127</v>
+      </c>
+      <c r="G100" s="17" t="s">
+        <v>147</v>
       </c>
       <c r="H100" s="9">
-        <v>8090750</v>
+        <v>5793403</v>
       </c>
       <c r="I100" s="21">
-        <v>44740</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:9" x14ac:dyDescent="0.2">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B101" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C101" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D101" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E101" s="21">
+        <v>42459</v>
+      </c>
+      <c r="F101" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="G101" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="H101" s="9">
+        <v>3170159</v>
+      </c>
+      <c r="I101" s="21">
+        <v>42459</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A102" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="B102" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="C102" t="s">
+        <v>23</v>
+      </c>
+      <c r="D102" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E102" s="21">
+        <v>42459</v>
+      </c>
+      <c r="F102" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="G102" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="H102" s="9">
+        <v>8755073</v>
+      </c>
+      <c r="I102" s="21">
+        <v>43943</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A103" s="8"/>
+      <c r="B103" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="C103" s="8" t="s">
         <v>128</v>
       </c>
-      <c r="D101" s="8" t="s">
-[...56 lines deleted...]
-      </c>
       <c r="D103" s="8" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="E103" s="21">
-        <v>42459</v>
+        <v>45614</v>
       </c>
       <c r="F103" s="9" t="s">
-        <v>138</v>
+        <v>101</v>
       </c>
       <c r="G103" s="8" t="s">
-        <v>25</v>
+        <v>102</v>
       </c>
       <c r="H103" s="9">
-        <v>3170159</v>
+        <v>8585106</v>
       </c>
       <c r="I103" s="21">
-        <v>42459</v>
-[...5 lines deleted...]
-      </c>
+        <v>45614</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A104" s="8"/>
       <c r="B104" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C104" t="s">
-        <v>23</v>
+      <c r="C104" s="8" t="s">
+        <v>143</v>
       </c>
       <c r="D104" s="8" t="s">
-        <v>24</v>
+        <v>144</v>
       </c>
       <c r="E104" s="21">
-        <v>42459</v>
+        <v>45905</v>
       </c>
       <c r="F104" s="9" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="G104" s="8" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="H104" s="9">
-        <v>8755073</v>
+        <v>4818696</v>
       </c>
       <c r="I104" s="21">
-        <v>43943</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45905</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="8"/>
       <c r="B105" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C105" s="8" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="D105" s="8" t="s">
-        <v>132</v>
+        <v>144</v>
       </c>
       <c r="E105" s="21">
-        <v>45614</v>
+        <v>45905</v>
       </c>
       <c r="F105" s="9" t="s">
-        <v>103</v>
+        <v>145</v>
       </c>
       <c r="G105" s="8" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="H105" s="9">
-        <v>8585106</v>
+        <v>8925434</v>
       </c>
       <c r="I105" s="21">
-        <v>45614</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:9" x14ac:dyDescent="0.2">
+        <v>45905</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="8"/>
       <c r="B106" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C106" s="8" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="D106" s="8" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="E106" s="21">
         <v>45905</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="G106" s="8" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="H106" s="9">
-        <v>4818696</v>
+        <v>2264717</v>
       </c>
       <c r="I106" s="21">
         <v>45905</v>
       </c>
     </row>
-    <row r="107" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="8"/>
       <c r="B107" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C107" s="8" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="D107" s="8" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="E107" s="21">
         <v>45905</v>
       </c>
       <c r="F107" s="9" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="G107" s="8" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>8925434</v>
+        <v>138</v>
+      </c>
+      <c r="H107" s="26">
+        <v>1855621</v>
       </c>
       <c r="I107" s="21">
         <v>45905</v>
       </c>
     </row>
-    <row r="108" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="8"/>
-      <c r="B108" s="8" t="s">
-[...24 lines deleted...]
-    <row r="109" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="B108" s="8"/>
+      <c r="C108" s="8"/>
+      <c r="D108" s="8"/>
+      <c r="E108" s="21"/>
+      <c r="F108" s="9"/>
+      <c r="G108" s="8"/>
+      <c r="H108" s="9"/>
+      <c r="I108" s="21"/>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="8"/>
-      <c r="B109" s="8" t="s">
-[...24 lines deleted...]
-    <row r="110" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="B109" s="8"/>
+      <c r="C109" s="8"/>
+      <c r="D109" s="8"/>
+      <c r="E109" s="21"/>
+      <c r="F109" s="9"/>
+      <c r="G109" s="8"/>
+      <c r="H109" s="9"/>
+      <c r="I109" s="21"/>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="8"/>
       <c r="B110" s="8"/>
       <c r="C110" s="8"/>
       <c r="D110" s="8"/>
       <c r="E110" s="21"/>
       <c r="F110" s="9"/>
       <c r="G110" s="8"/>
       <c r="H110" s="9"/>
       <c r="I110" s="21"/>
     </row>
-    <row r="111" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="8"/>
       <c r="B111" s="8"/>
       <c r="C111" s="8"/>
       <c r="D111" s="8"/>
       <c r="E111" s="21"/>
       <c r="F111" s="9"/>
       <c r="G111" s="8"/>
       <c r="H111" s="9"/>
       <c r="I111" s="21"/>
     </row>
-    <row r="112" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="8"/>
       <c r="B112" s="8"/>
       <c r="C112" s="8"/>
       <c r="D112" s="8"/>
       <c r="E112" s="21"/>
       <c r="F112" s="9"/>
       <c r="G112" s="8"/>
       <c r="H112" s="9"/>
       <c r="I112" s="21"/>
     </row>
-    <row r="113" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="8"/>
       <c r="B113" s="8"/>
       <c r="C113" s="8"/>
       <c r="D113" s="8"/>
       <c r="E113" s="21"/>
       <c r="F113" s="9"/>
       <c r="G113" s="8"/>
       <c r="H113" s="9"/>
       <c r="I113" s="21"/>
     </row>
-    <row r="114" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="8"/>
       <c r="B114" s="8"/>
       <c r="C114" s="8"/>
       <c r="D114" s="8"/>
       <c r="E114" s="21"/>
       <c r="F114" s="9"/>
       <c r="G114" s="8"/>
       <c r="H114" s="9"/>
       <c r="I114" s="21"/>
     </row>
-    <row r="115" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="8"/>
       <c r="B115" s="8"/>
       <c r="C115" s="8"/>
       <c r="D115" s="8"/>
       <c r="E115" s="21"/>
       <c r="F115" s="9"/>
       <c r="G115" s="8"/>
       <c r="H115" s="9"/>
       <c r="I115" s="21"/>
     </row>
-    <row r="116" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="8"/>
       <c r="B116" s="8"/>
       <c r="C116" s="8"/>
       <c r="D116" s="8"/>
       <c r="E116" s="21"/>
       <c r="F116" s="9"/>
       <c r="G116" s="8"/>
       <c r="H116" s="9"/>
       <c r="I116" s="21"/>
     </row>
-    <row r="117" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="8"/>
       <c r="B117" s="8"/>
       <c r="C117" s="8"/>
       <c r="D117" s="8"/>
       <c r="E117" s="21"/>
       <c r="F117" s="9"/>
       <c r="G117" s="8"/>
       <c r="H117" s="9"/>
       <c r="I117" s="21"/>
     </row>
-    <row r="118" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="8"/>
       <c r="B118" s="8"/>
       <c r="C118" s="8"/>
       <c r="D118" s="8"/>
       <c r="E118" s="21"/>
       <c r="F118" s="9"/>
       <c r="G118" s="8"/>
       <c r="H118" s="9"/>
       <c r="I118" s="21"/>
     </row>
-    <row r="119" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="8"/>
       <c r="B119" s="8"/>
       <c r="C119" s="8"/>
       <c r="D119" s="8"/>
       <c r="E119" s="21"/>
       <c r="F119" s="9"/>
       <c r="G119" s="8"/>
       <c r="H119" s="9"/>
       <c r="I119" s="21"/>
     </row>
-    <row r="120" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="8"/>
       <c r="B120" s="8"/>
       <c r="C120" s="8"/>
       <c r="D120" s="8"/>
       <c r="E120" s="21"/>
       <c r="F120" s="9"/>
       <c r="G120" s="8"/>
       <c r="H120" s="9"/>
       <c r="I120" s="21"/>
     </row>
-    <row r="121" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="8"/>
       <c r="B121" s="8"/>
       <c r="C121" s="8"/>
       <c r="D121" s="8"/>
       <c r="E121" s="21"/>
       <c r="F121" s="9"/>
       <c r="G121" s="8"/>
       <c r="H121" s="9"/>
       <c r="I121" s="21"/>
     </row>
-    <row r="122" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="8"/>
       <c r="B122" s="8"/>
       <c r="C122" s="8"/>
       <c r="D122" s="8"/>
       <c r="E122" s="21"/>
       <c r="F122" s="9"/>
       <c r="G122" s="8"/>
       <c r="H122" s="9"/>
       <c r="I122" s="21"/>
     </row>
-    <row r="123" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="8"/>
       <c r="B123" s="8"/>
       <c r="C123" s="8"/>
       <c r="D123" s="8"/>
       <c r="E123" s="21"/>
       <c r="F123" s="9"/>
       <c r="G123" s="8"/>
       <c r="H123" s="9"/>
       <c r="I123" s="21"/>
     </row>
-    <row r="124" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="8"/>
       <c r="B124" s="8"/>
       <c r="C124" s="8"/>
       <c r="D124" s="8"/>
       <c r="E124" s="21"/>
       <c r="F124" s="9"/>
       <c r="G124" s="8"/>
       <c r="H124" s="9"/>
       <c r="I124" s="21"/>
     </row>
-    <row r="125" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="8"/>
       <c r="B125" s="8"/>
       <c r="C125" s="8"/>
       <c r="D125" s="8"/>
       <c r="E125" s="21"/>
       <c r="F125" s="9"/>
       <c r="G125" s="8"/>
       <c r="H125" s="9"/>
       <c r="I125" s="21"/>
     </row>
-    <row r="126" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="8"/>
       <c r="B126" s="8"/>
       <c r="C126" s="8"/>
       <c r="D126" s="8"/>
       <c r="E126" s="21"/>
       <c r="F126" s="9"/>
       <c r="G126" s="8"/>
       <c r="H126" s="9"/>
       <c r="I126" s="21"/>
     </row>
-    <row r="127" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="8"/>
       <c r="B127" s="8"/>
       <c r="C127" s="8"/>
       <c r="D127" s="8"/>
       <c r="E127" s="21"/>
       <c r="F127" s="9"/>
       <c r="G127" s="8"/>
       <c r="H127" s="9"/>
       <c r="I127" s="21"/>
     </row>
-    <row r="128" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="8"/>
       <c r="B128" s="8"/>
       <c r="C128" s="8"/>
       <c r="D128" s="8"/>
       <c r="E128" s="21"/>
       <c r="F128" s="9"/>
       <c r="G128" s="8"/>
       <c r="H128" s="9"/>
       <c r="I128" s="21"/>
     </row>
-    <row r="129" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="8"/>
       <c r="B129" s="8"/>
       <c r="C129" s="8"/>
       <c r="D129" s="8"/>
       <c r="E129" s="21"/>
       <c r="F129" s="9"/>
       <c r="G129" s="8"/>
       <c r="H129" s="9"/>
       <c r="I129" s="21"/>
     </row>
-    <row r="130" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="8"/>
       <c r="B130" s="8"/>
       <c r="C130" s="8"/>
       <c r="D130" s="8"/>
       <c r="E130" s="21"/>
       <c r="F130" s="9"/>
       <c r="G130" s="8"/>
       <c r="H130" s="9"/>
       <c r="I130" s="21"/>
     </row>
-    <row r="131" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="8"/>
       <c r="B131" s="8"/>
       <c r="C131" s="8"/>
       <c r="D131" s="8"/>
       <c r="E131" s="21"/>
       <c r="F131" s="9"/>
       <c r="G131" s="8"/>
       <c r="H131" s="9"/>
       <c r="I131" s="21"/>
     </row>
-    <row r="132" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="8"/>
       <c r="B132" s="8"/>
       <c r="C132" s="8"/>
       <c r="D132" s="8"/>
       <c r="E132" s="21"/>
       <c r="F132" s="9"/>
       <c r="G132" s="8"/>
       <c r="H132" s="9"/>
       <c r="I132" s="21"/>
     </row>
-    <row r="133" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="8"/>
       <c r="B133" s="8"/>
       <c r="C133" s="8"/>
       <c r="D133" s="8"/>
       <c r="E133" s="21"/>
       <c r="F133" s="9"/>
       <c r="G133" s="8"/>
       <c r="H133" s="9"/>
       <c r="I133" s="21"/>
     </row>
-    <row r="134" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="8"/>
       <c r="B134" s="8"/>
       <c r="C134" s="8"/>
       <c r="D134" s="8"/>
       <c r="E134" s="21"/>
       <c r="F134" s="9"/>
       <c r="G134" s="8"/>
       <c r="H134" s="9"/>
       <c r="I134" s="21"/>
     </row>
-    <row r="135" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="8"/>
       <c r="B135" s="8"/>
       <c r="C135" s="8"/>
       <c r="D135" s="8"/>
       <c r="E135" s="21"/>
       <c r="F135" s="9"/>
       <c r="G135" s="8"/>
       <c r="H135" s="9"/>
       <c r="I135" s="21"/>
     </row>
-    <row r="136" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="8"/>
       <c r="B136" s="8"/>
       <c r="C136" s="8"/>
       <c r="D136" s="8"/>
       <c r="E136" s="21"/>
       <c r="F136" s="9"/>
       <c r="G136" s="8"/>
       <c r="H136" s="9"/>
       <c r="I136" s="21"/>
     </row>
-    <row r="137" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="8"/>
       <c r="B137" s="8"/>
       <c r="C137" s="8"/>
       <c r="D137" s="8"/>
       <c r="E137" s="21"/>
       <c r="F137" s="9"/>
       <c r="G137" s="8"/>
       <c r="H137" s="9"/>
       <c r="I137" s="21"/>
     </row>
-    <row r="138" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="8"/>
       <c r="B138" s="8"/>
       <c r="C138" s="8"/>
       <c r="D138" s="8"/>
       <c r="E138" s="21"/>
       <c r="F138" s="9"/>
       <c r="G138" s="8"/>
       <c r="H138" s="9"/>
       <c r="I138" s="21"/>
     </row>
-    <row r="139" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="8"/>
       <c r="B139" s="8"/>
       <c r="C139" s="8"/>
       <c r="D139" s="8"/>
       <c r="E139" s="21"/>
       <c r="F139" s="9"/>
       <c r="G139" s="8"/>
       <c r="H139" s="9"/>
       <c r="I139" s="21"/>
     </row>
-    <row r="140" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="8"/>
       <c r="B140" s="8"/>
       <c r="C140" s="8"/>
       <c r="D140" s="8"/>
       <c r="E140" s="21"/>
       <c r="F140" s="9"/>
       <c r="G140" s="8"/>
       <c r="H140" s="9"/>
       <c r="I140" s="21"/>
     </row>
-    <row r="141" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="8"/>
       <c r="B141" s="8"/>
       <c r="C141" s="8"/>
       <c r="D141" s="8"/>
       <c r="E141" s="21"/>
       <c r="F141" s="9"/>
       <c r="G141" s="8"/>
       <c r="H141" s="9"/>
       <c r="I141" s="21"/>
     </row>
-    <row r="142" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="8"/>
       <c r="B142" s="8"/>
       <c r="C142" s="8"/>
       <c r="D142" s="8"/>
       <c r="E142" s="21"/>
       <c r="F142" s="9"/>
       <c r="G142" s="8"/>
       <c r="H142" s="9"/>
       <c r="I142" s="21"/>
     </row>
-    <row r="143" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="8"/>
       <c r="B143" s="8"/>
       <c r="C143" s="8"/>
       <c r="D143" s="8"/>
       <c r="E143" s="21"/>
       <c r="F143" s="9"/>
       <c r="G143" s="8"/>
       <c r="H143" s="9"/>
       <c r="I143" s="21"/>
     </row>
-    <row r="144" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="8"/>
       <c r="B144" s="8"/>
       <c r="C144" s="8"/>
       <c r="D144" s="8"/>
       <c r="E144" s="21"/>
       <c r="F144" s="9"/>
       <c r="G144" s="8"/>
       <c r="H144" s="9"/>
       <c r="I144" s="21"/>
     </row>
-    <row r="145" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="8"/>
       <c r="B145" s="8"/>
       <c r="C145" s="8"/>
       <c r="D145" s="8"/>
       <c r="E145" s="21"/>
       <c r="F145" s="9"/>
       <c r="G145" s="8"/>
       <c r="H145" s="9"/>
       <c r="I145" s="21"/>
     </row>
-    <row r="146" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="8"/>
       <c r="B146" s="8"/>
       <c r="C146" s="8"/>
       <c r="D146" s="8"/>
       <c r="E146" s="21"/>
       <c r="F146" s="9"/>
       <c r="G146" s="8"/>
       <c r="H146" s="9"/>
       <c r="I146" s="21"/>
     </row>
-    <row r="147" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="8"/>
       <c r="B147" s="8"/>
       <c r="C147" s="8"/>
       <c r="D147" s="8"/>
       <c r="E147" s="21"/>
       <c r="F147" s="9"/>
       <c r="G147" s="8"/>
       <c r="H147" s="9"/>
       <c r="I147" s="21"/>
     </row>
-    <row r="148" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="8"/>
       <c r="B148" s="8"/>
       <c r="C148" s="8"/>
       <c r="D148" s="8"/>
       <c r="E148" s="21"/>
       <c r="F148" s="9"/>
       <c r="G148" s="8"/>
       <c r="H148" s="9"/>
       <c r="I148" s="21"/>
     </row>
-    <row r="149" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="8"/>
       <c r="B149" s="8"/>
       <c r="C149" s="8"/>
       <c r="D149" s="8"/>
       <c r="E149" s="21"/>
       <c r="F149" s="9"/>
       <c r="G149" s="8"/>
       <c r="H149" s="9"/>
       <c r="I149" s="21"/>
     </row>
-    <row r="150" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="8"/>
       <c r="B150" s="8"/>
       <c r="C150" s="8"/>
       <c r="D150" s="8"/>
       <c r="E150" s="21"/>
       <c r="F150" s="9"/>
       <c r="G150" s="8"/>
       <c r="H150" s="9"/>
       <c r="I150" s="21"/>
     </row>
-    <row r="151" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="8"/>
       <c r="B151" s="8"/>
       <c r="C151" s="8"/>
       <c r="D151" s="8"/>
       <c r="E151" s="21"/>
       <c r="F151" s="9"/>
       <c r="G151" s="8"/>
       <c r="H151" s="9"/>
       <c r="I151" s="21"/>
     </row>
-    <row r="152" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="8"/>
       <c r="B152" s="8"/>
       <c r="C152" s="8"/>
       <c r="D152" s="8"/>
       <c r="E152" s="21"/>
       <c r="F152" s="9"/>
       <c r="G152" s="8"/>
       <c r="H152" s="9"/>
       <c r="I152" s="21"/>
     </row>
-    <row r="153" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="8"/>
       <c r="B153" s="8"/>
       <c r="C153" s="8"/>
       <c r="D153" s="8"/>
       <c r="E153" s="21"/>
       <c r="F153" s="9"/>
       <c r="G153" s="8"/>
       <c r="H153" s="9"/>
       <c r="I153" s="21"/>
     </row>
-    <row r="154" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="8"/>
       <c r="B154" s="8"/>
       <c r="C154" s="8"/>
       <c r="D154" s="8"/>
       <c r="E154" s="21"/>
       <c r="F154" s="9"/>
       <c r="G154" s="8"/>
       <c r="H154" s="9"/>
       <c r="I154" s="21"/>
     </row>
-    <row r="155" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="8"/>
       <c r="B155" s="8"/>
       <c r="C155" s="8"/>
       <c r="D155" s="8"/>
       <c r="E155" s="21"/>
       <c r="F155" s="9"/>
       <c r="G155" s="8"/>
       <c r="H155" s="9"/>
       <c r="I155" s="21"/>
     </row>
-    <row r="156" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="8"/>
       <c r="B156" s="8"/>
       <c r="C156" s="8"/>
       <c r="D156" s="8"/>
       <c r="E156" s="21"/>
       <c r="F156" s="9"/>
       <c r="G156" s="8"/>
       <c r="H156" s="9"/>
       <c r="I156" s="21"/>
     </row>
-    <row r="157" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="8"/>
       <c r="B157" s="8"/>
       <c r="C157" s="8"/>
       <c r="D157" s="8"/>
       <c r="E157" s="21"/>
       <c r="F157" s="9"/>
       <c r="G157" s="8"/>
       <c r="H157" s="9"/>
       <c r="I157" s="21"/>
     </row>
-    <row r="158" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="8"/>
       <c r="B158" s="8"/>
       <c r="C158" s="8"/>
       <c r="D158" s="8"/>
       <c r="E158" s="21"/>
       <c r="F158" s="9"/>
       <c r="G158" s="8"/>
       <c r="H158" s="9"/>
       <c r="I158" s="21"/>
     </row>
-    <row r="159" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="8"/>
       <c r="B159" s="8"/>
       <c r="C159" s="8"/>
       <c r="D159" s="8"/>
       <c r="E159" s="21"/>
       <c r="F159" s="9"/>
       <c r="G159" s="8"/>
       <c r="H159" s="9"/>
       <c r="I159" s="21"/>
     </row>
-    <row r="160" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="8"/>
       <c r="B160" s="8"/>
       <c r="C160" s="8"/>
       <c r="D160" s="8"/>
       <c r="E160" s="21"/>
       <c r="F160" s="9"/>
       <c r="G160" s="8"/>
       <c r="H160" s="9"/>
       <c r="I160" s="21"/>
     </row>
-    <row r="161" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="8"/>
       <c r="B161" s="8"/>
       <c r="C161" s="8"/>
       <c r="D161" s="8"/>
       <c r="E161" s="21"/>
       <c r="F161" s="9"/>
       <c r="G161" s="8"/>
       <c r="H161" s="9"/>
       <c r="I161" s="21"/>
     </row>
-    <row r="162" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="8"/>
       <c r="B162" s="8"/>
       <c r="C162" s="8"/>
       <c r="D162" s="8"/>
       <c r="E162" s="21"/>
       <c r="F162" s="9"/>
       <c r="G162" s="8"/>
       <c r="H162" s="9"/>
       <c r="I162" s="21"/>
     </row>
-    <row r="163" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="8"/>
       <c r="B163" s="8"/>
       <c r="C163" s="8"/>
       <c r="D163" s="8"/>
       <c r="E163" s="21"/>
       <c r="F163" s="9"/>
       <c r="G163" s="8"/>
       <c r="H163" s="9"/>
       <c r="I163" s="21"/>
     </row>
-    <row r="164" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="8"/>
       <c r="B164" s="8"/>
       <c r="C164" s="8"/>
       <c r="D164" s="8"/>
       <c r="E164" s="21"/>
       <c r="F164" s="9"/>
       <c r="G164" s="8"/>
       <c r="H164" s="9"/>
       <c r="I164" s="21"/>
     </row>
-    <row r="165" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="8"/>
       <c r="B165" s="8"/>
       <c r="C165" s="8"/>
       <c r="D165" s="8"/>
       <c r="E165" s="21"/>
       <c r="F165" s="9"/>
       <c r="G165" s="8"/>
       <c r="H165" s="9"/>
       <c r="I165" s="21"/>
     </row>
-    <row r="166" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="8"/>
       <c r="B166" s="8"/>
       <c r="C166" s="8"/>
       <c r="D166" s="8"/>
       <c r="E166" s="21"/>
       <c r="F166" s="9"/>
       <c r="G166" s="8"/>
       <c r="H166" s="9"/>
       <c r="I166" s="21"/>
     </row>
-    <row r="167" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="8"/>
       <c r="B167" s="8"/>
       <c r="C167" s="8"/>
       <c r="D167" s="8"/>
       <c r="E167" s="21"/>
       <c r="F167" s="9"/>
       <c r="G167" s="8"/>
       <c r="H167" s="9"/>
       <c r="I167" s="21"/>
     </row>
-    <row r="168" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="8"/>
       <c r="B168" s="8"/>
       <c r="C168" s="8"/>
       <c r="D168" s="8"/>
       <c r="E168" s="21"/>
       <c r="F168" s="9"/>
       <c r="G168" s="8"/>
       <c r="H168" s="9"/>
       <c r="I168" s="21"/>
     </row>
-    <row r="169" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="8"/>
       <c r="B169" s="8"/>
       <c r="C169" s="8"/>
       <c r="D169" s="8"/>
       <c r="E169" s="21"/>
       <c r="F169" s="9"/>
       <c r="G169" s="8"/>
       <c r="H169" s="9"/>
       <c r="I169" s="21"/>
     </row>
-    <row r="170" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="8"/>
       <c r="B170" s="8"/>
       <c r="C170" s="8"/>
       <c r="D170" s="8"/>
       <c r="E170" s="21"/>
       <c r="F170" s="9"/>
       <c r="G170" s="8"/>
       <c r="H170" s="9"/>
       <c r="I170" s="21"/>
     </row>
-    <row r="171" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="8"/>
       <c r="B171" s="8"/>
       <c r="C171" s="8"/>
       <c r="D171" s="8"/>
       <c r="E171" s="21"/>
       <c r="F171" s="9"/>
       <c r="G171" s="8"/>
       <c r="H171" s="9"/>
       <c r="I171" s="21"/>
     </row>
-    <row r="172" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="8"/>
       <c r="B172" s="8"/>
       <c r="C172" s="8"/>
       <c r="D172" s="8"/>
       <c r="E172" s="21"/>
       <c r="F172" s="9"/>
       <c r="G172" s="8"/>
       <c r="H172" s="9"/>
       <c r="I172" s="21"/>
     </row>
-    <row r="173" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="8"/>
       <c r="B173" s="8"/>
       <c r="C173" s="8"/>
       <c r="D173" s="8"/>
       <c r="E173" s="21"/>
       <c r="F173" s="9"/>
       <c r="G173" s="8"/>
       <c r="H173" s="9"/>
       <c r="I173" s="21"/>
     </row>
-    <row r="174" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="8"/>
       <c r="B174" s="8"/>
       <c r="C174" s="8"/>
       <c r="D174" s="8"/>
       <c r="E174" s="21"/>
       <c r="F174" s="9"/>
       <c r="G174" s="8"/>
       <c r="H174" s="9"/>
       <c r="I174" s="21"/>
     </row>
-    <row r="175" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="8"/>
       <c r="B175" s="8"/>
       <c r="C175" s="8"/>
       <c r="D175" s="8"/>
       <c r="E175" s="21"/>
       <c r="F175" s="9"/>
       <c r="G175" s="8"/>
       <c r="H175" s="9"/>
       <c r="I175" s="21"/>
     </row>
-    <row r="176" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="8"/>
       <c r="B176" s="8"/>
       <c r="C176" s="8"/>
       <c r="D176" s="8"/>
       <c r="E176" s="21"/>
       <c r="F176" s="9"/>
       <c r="G176" s="8"/>
       <c r="H176" s="9"/>
       <c r="I176" s="21"/>
     </row>
-    <row r="177" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="8"/>
       <c r="B177" s="8"/>
       <c r="C177" s="8"/>
       <c r="D177" s="8"/>
       <c r="E177" s="21"/>
       <c r="F177" s="9"/>
       <c r="G177" s="8"/>
       <c r="H177" s="9"/>
       <c r="I177" s="21"/>
     </row>
-    <row r="178" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="8"/>
       <c r="B178" s="8"/>
       <c r="C178" s="8"/>
       <c r="D178" s="8"/>
       <c r="E178" s="21"/>
       <c r="F178" s="9"/>
       <c r="G178" s="8"/>
       <c r="H178" s="9"/>
       <c r="I178" s="21"/>
     </row>
-    <row r="179" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="8"/>
       <c r="B179" s="8"/>
       <c r="C179" s="8"/>
       <c r="D179" s="8"/>
       <c r="E179" s="21"/>
       <c r="F179" s="9"/>
       <c r="G179" s="8"/>
       <c r="H179" s="9"/>
       <c r="I179" s="21"/>
     </row>
-    <row r="180" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="8"/>
       <c r="B180" s="8"/>
       <c r="C180" s="8"/>
       <c r="D180" s="8"/>
       <c r="E180" s="21"/>
       <c r="F180" s="9"/>
       <c r="G180" s="8"/>
       <c r="H180" s="9"/>
       <c r="I180" s="21"/>
     </row>
-    <row r="181" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="8"/>
       <c r="B181" s="8"/>
       <c r="C181" s="8"/>
       <c r="D181" s="8"/>
       <c r="E181" s="21"/>
       <c r="F181" s="9"/>
       <c r="G181" s="8"/>
       <c r="H181" s="9"/>
       <c r="I181" s="21"/>
     </row>
-    <row r="182" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="8"/>
       <c r="B182" s="8"/>
       <c r="C182" s="8"/>
       <c r="D182" s="8"/>
       <c r="E182" s="21"/>
       <c r="F182" s="9"/>
       <c r="G182" s="8"/>
       <c r="H182" s="9"/>
       <c r="I182" s="21"/>
     </row>
-    <row r="183" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="8"/>
       <c r="B183" s="8"/>
       <c r="C183" s="8"/>
       <c r="D183" s="8"/>
       <c r="E183" s="21"/>
       <c r="F183" s="9"/>
       <c r="G183" s="8"/>
       <c r="H183" s="9"/>
       <c r="I183" s="21"/>
     </row>
-    <row r="184" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="8"/>
       <c r="B184" s="8"/>
       <c r="C184" s="8"/>
       <c r="D184" s="8"/>
       <c r="E184" s="21"/>
       <c r="F184" s="9"/>
       <c r="G184" s="8"/>
       <c r="H184" s="9"/>
       <c r="I184" s="21"/>
     </row>
-    <row r="185" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="8"/>
       <c r="B185" s="8"/>
       <c r="C185" s="8"/>
       <c r="D185" s="8"/>
       <c r="E185" s="21"/>
       <c r="F185" s="9"/>
       <c r="G185" s="8"/>
       <c r="H185" s="9"/>
       <c r="I185" s="21"/>
     </row>
-    <row r="186" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="8"/>
       <c r="B186" s="8"/>
       <c r="C186" s="8"/>
       <c r="D186" s="8"/>
       <c r="E186" s="21"/>
       <c r="F186" s="9"/>
       <c r="G186" s="8"/>
       <c r="H186" s="9"/>
       <c r="I186" s="21"/>
     </row>
-    <row r="187" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="8"/>
       <c r="B187" s="8"/>
       <c r="C187" s="8"/>
       <c r="D187" s="8"/>
       <c r="E187" s="21"/>
       <c r="F187" s="9"/>
       <c r="G187" s="8"/>
       <c r="H187" s="9"/>
       <c r="I187" s="21"/>
     </row>
-    <row r="188" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="8"/>
       <c r="B188" s="8"/>
       <c r="C188" s="8"/>
       <c r="D188" s="8"/>
       <c r="E188" s="21"/>
       <c r="F188" s="9"/>
       <c r="G188" s="8"/>
       <c r="H188" s="9"/>
       <c r="I188" s="21"/>
     </row>
-    <row r="189" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="8"/>
       <c r="B189" s="8"/>
       <c r="C189" s="8"/>
       <c r="D189" s="8"/>
       <c r="E189" s="21"/>
       <c r="F189" s="9"/>
       <c r="G189" s="8"/>
       <c r="H189" s="9"/>
       <c r="I189" s="21"/>
     </row>
-    <row r="190" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="8"/>
       <c r="B190" s="8"/>
       <c r="C190" s="8"/>
       <c r="D190" s="8"/>
       <c r="E190" s="21"/>
       <c r="F190" s="9"/>
       <c r="G190" s="8"/>
       <c r="H190" s="9"/>
       <c r="I190" s="21"/>
     </row>
-    <row r="191" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="8"/>
       <c r="B191" s="8"/>
       <c r="C191" s="8"/>
       <c r="D191" s="8"/>
       <c r="E191" s="21"/>
       <c r="F191" s="9"/>
       <c r="G191" s="8"/>
       <c r="H191" s="9"/>
       <c r="I191" s="21"/>
     </row>
-    <row r="192" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="8"/>
       <c r="B192" s="8"/>
       <c r="C192" s="8"/>
       <c r="D192" s="8"/>
       <c r="E192" s="21"/>
       <c r="F192" s="9"/>
       <c r="G192" s="8"/>
       <c r="H192" s="9"/>
       <c r="I192" s="21"/>
     </row>
-    <row r="193" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="8"/>
       <c r="B193" s="8"/>
       <c r="C193" s="8"/>
       <c r="D193" s="8"/>
       <c r="E193" s="21"/>
       <c r="F193" s="9"/>
       <c r="G193" s="8"/>
       <c r="H193" s="9"/>
       <c r="I193" s="21"/>
     </row>
-    <row r="194" spans="1:9" x14ac:dyDescent="0.2">
-[...36 lines deleted...]
-    <row r="498" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="235" spans="8:8" x14ac:dyDescent="0.25">
+      <c r="H235" s="7"/>
+    </row>
+    <row r="277" spans="8:8" x14ac:dyDescent="0.25">
+      <c r="H277" s="7"/>
+    </row>
+    <row r="422" spans="8:8" x14ac:dyDescent="0.25">
+      <c r="H422" s="7"/>
+    </row>
+    <row r="423" spans="8:8" x14ac:dyDescent="0.25">
+      <c r="H423" s="7"/>
+    </row>
+    <row r="488" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H488" s="7"/>
+    </row>
+    <row r="496" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="I496" s="25"/>
+    </row>
+    <row r="497" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="I497" s="25"/>
+    </row>
+    <row r="498" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H498" s="7"/>
       <c r="I498" s="25"/>
     </row>
-    <row r="499" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="499" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I499" s="25"/>
     </row>
-    <row r="500" spans="8:9" x14ac:dyDescent="0.2">
-      <c r="H500" s="7"/>
+    <row r="500" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I500" s="25"/>
     </row>
-    <row r="501" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="501" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I501" s="25"/>
     </row>
-    <row r="502" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="502" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I502" s="25"/>
     </row>
-    <row r="503" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="503" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I503" s="25"/>
     </row>
-    <row r="504" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="504" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I504" s="25"/>
     </row>
-    <row r="505" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="505" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I505" s="25"/>
     </row>
-    <row r="506" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="506" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I506" s="25"/>
     </row>
-    <row r="507" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="507" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I507" s="25"/>
     </row>
-    <row r="508" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="508" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I508" s="25"/>
     </row>
-    <row r="509" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="509" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H509" s="7"/>
       <c r="I509" s="25"/>
     </row>
-    <row r="510" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="510" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H510" s="7"/>
       <c r="I510" s="25"/>
     </row>
-    <row r="511" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="511" spans="8:9" x14ac:dyDescent="0.25">
       <c r="H511" s="7"/>
       <c r="I511" s="25"/>
     </row>
-    <row r="512" spans="8:9" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-    <row r="548" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="517" spans="8:8" x14ac:dyDescent="0.25">
+      <c r="H517" s="7"/>
+    </row>
+    <row r="546" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="I546" s="25"/>
+    </row>
+    <row r="547" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="I547" s="25"/>
+    </row>
+    <row r="548" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H548" s="7"/>
       <c r="I548" s="25"/>
     </row>
-    <row r="549" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="549" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I549" s="25"/>
     </row>
-    <row r="550" spans="8:9" x14ac:dyDescent="0.2">
-      <c r="H550" s="7"/>
+    <row r="550" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I550" s="25"/>
     </row>
-    <row r="551" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="551" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I551" s="25"/>
     </row>
-    <row r="552" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="552" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I552" s="25"/>
     </row>
-    <row r="553" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="553" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I553" s="25"/>
     </row>
-    <row r="554" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="554" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I554" s="25"/>
     </row>
-    <row r="555" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="555" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I555" s="25"/>
     </row>
-    <row r="556" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="556" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I556" s="25"/>
     </row>
-    <row r="557" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="557" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I557" s="25"/>
     </row>
-    <row r="558" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="558" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I558" s="25"/>
     </row>
-    <row r="559" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="559" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H559" s="7"/>
       <c r="I559" s="25"/>
     </row>
-    <row r="560" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="560" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I560" s="25"/>
     </row>
-    <row r="561" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="561" spans="8:9" x14ac:dyDescent="0.25">
       <c r="H561" s="7"/>
       <c r="I561" s="25"/>
     </row>
-    <row r="562" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="562" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I562" s="25"/>
     </row>
-    <row r="563" spans="8:9" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="H589" s="7"/>
+    <row r="587" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H587" s="7"/>
+      <c r="I587" s="25"/>
+    </row>
+    <row r="588" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H588" s="7"/>
+      <c r="I588" s="25"/>
+    </row>
+    <row r="589" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I589" s="25"/>
     </row>
-    <row r="590" spans="8:9" x14ac:dyDescent="0.2">
-      <c r="H590" s="7"/>
+    <row r="590" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I590" s="25"/>
     </row>
-    <row r="591" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="591" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I591" s="25"/>
     </row>
-    <row r="592" spans="8:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-    <row r="646" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="644" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="I644" s="25"/>
+    </row>
+    <row r="645" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="I645" s="25"/>
+    </row>
+    <row r="646" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I646" s="25"/>
     </row>
-    <row r="647" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="647" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I647" s="25"/>
     </row>
-    <row r="648" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="648" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I648" s="25"/>
     </row>
-    <row r="649" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="649" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I649" s="25"/>
     </row>
-    <row r="650" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="650" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I650" s="25"/>
     </row>
-    <row r="651" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="651" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I651" s="25"/>
     </row>
-    <row r="652" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="652" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I652" s="25"/>
     </row>
-    <row r="653" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="653" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I653" s="25"/>
     </row>
-    <row r="654" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="654" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I654" s="25"/>
     </row>
-    <row r="655" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="655" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H655" s="7"/>
       <c r="I655" s="25"/>
     </row>
-    <row r="656" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="656" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I656" s="25"/>
     </row>
-    <row r="657" spans="8:9" x14ac:dyDescent="0.2">
-      <c r="H657" s="7"/>
+    <row r="657" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I657" s="25"/>
     </row>
-    <row r="658" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="658" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I658" s="25"/>
     </row>
-    <row r="659" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="659" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I659" s="25"/>
     </row>
-    <row r="660" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="660" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I660" s="25"/>
     </row>
-    <row r="661" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="661" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I661" s="25"/>
     </row>
-    <row r="662" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="662" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I662" s="25"/>
     </row>
-    <row r="663" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="663" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I663" s="25"/>
     </row>
-    <row r="664" spans="8:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-    <row r="684" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="682" spans="9:9" x14ac:dyDescent="0.25">
+      <c r="I682" s="25"/>
+    </row>
+    <row r="683" spans="9:9" x14ac:dyDescent="0.25">
+      <c r="I683" s="25"/>
+    </row>
+    <row r="684" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I684" s="25"/>
     </row>
-    <row r="685" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="685" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I685" s="25"/>
     </row>
-    <row r="686" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="686" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I686" s="25"/>
     </row>
-    <row r="687" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="687" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I687" s="25"/>
     </row>
-    <row r="688" spans="9:9" x14ac:dyDescent="0.2">
+    <row r="688" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I688" s="25"/>
     </row>
-    <row r="689" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="689" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I689" s="25"/>
     </row>
-    <row r="690" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="690" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I690" s="25"/>
     </row>
-    <row r="691" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="691" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I691" s="25"/>
     </row>
-    <row r="692" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="692" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I692" s="25"/>
     </row>
-    <row r="693" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="693" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I693" s="25"/>
     </row>
-    <row r="694" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="694" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H694" s="7"/>
       <c r="I694" s="25"/>
     </row>
-    <row r="695" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="695" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I695" s="25"/>
     </row>
-    <row r="696" spans="8:9" x14ac:dyDescent="0.2">
-      <c r="H696" s="7"/>
+    <row r="696" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I696" s="25"/>
     </row>
-    <row r="697" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="697" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I697" s="25"/>
     </row>
-    <row r="698" spans="8:9" x14ac:dyDescent="0.2">
+    <row r="698" spans="8:9" x14ac:dyDescent="0.25">
       <c r="I698" s="25"/>
     </row>
-    <row r="699" spans="8:9" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="H732" s="7"/>
+    <row r="720" spans="8:8" x14ac:dyDescent="0.25">
+      <c r="H720" s="7"/>
+    </row>
+    <row r="723" spans="8:8" x14ac:dyDescent="0.25">
+      <c r="H723" s="7"/>
+    </row>
+    <row r="730" spans="8:8" x14ac:dyDescent="0.25">
+      <c r="H730" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <phoneticPr fontId="12" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <sisl xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="8270c081-d9f3-48ae-83c7-c2320a8ca25c"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96DCCF6F-5266-4E74-ACD4-2831E152DAC8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://www.boldonjames.com/2008/01/sie/internal/label"/>